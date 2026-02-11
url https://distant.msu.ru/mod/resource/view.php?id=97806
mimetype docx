--- v0 (2025-11-06)
+++ v1 (2026-02-11)
@@ -245,107 +245,146 @@
     </w:p>
     <w:p w14:paraId="4D152FA2" w14:textId="77777777" w:rsidR="00BB2F13" w:rsidRPr="00086098" w:rsidRDefault="00BB2F13" w:rsidP="00BB2F13">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Онлайн формат</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40D13FAE" w14:textId="77777777" w:rsidR="00BB2F13" w:rsidRDefault="00BB2F13" w:rsidP="00BB2F13">
+    <w:p w14:paraId="40D13FAE" w14:textId="3DA149F4" w:rsidR="00BB2F13" w:rsidRPr="00D178FA" w:rsidRDefault="00BB2F13" w:rsidP="00BB2F13">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F4F8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Даты проведения занятий: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00D178FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>10, 17, 24 ноября (по понедельникам)</w:t>
-[...6 lines deleted...]
-        <w:ind w:left="0"/>
+        <w:t xml:space="preserve">по запросу (пишите на почту: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D178FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ekagorb</w:t>
+      </w:r>
+      <w:r w:rsidR="00D178FA" w:rsidRPr="00D178FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Время:  18.00</w:t>
+        <w:t>77@</w:t>
+      </w:r>
+      <w:r w:rsidR="00D178FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidR="00D178FA" w:rsidRPr="00D178FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D178FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ru</w:t>
+      </w:r>
+      <w:r w:rsidR="00D178FA" w:rsidRPr="00D178FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F50FE5B" w14:textId="77777777" w:rsidR="00BB2F13" w:rsidRPr="00963082" w:rsidRDefault="00BB2F13" w:rsidP="00BB2F13">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00727430">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Продолжительность цикла:</w:t>
       </w:r>
       <w:r w:rsidRPr="00963082">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 занятия</w:t>
       </w:r>
     </w:p>
@@ -1856,66 +1895,68 @@
     <w:rsid w:val="005C17D7"/>
     <w:rsid w:val="00673CE8"/>
     <w:rsid w:val="006B0BEA"/>
     <w:rsid w:val="00747CB3"/>
     <w:rsid w:val="007850C1"/>
     <w:rsid w:val="007A4BDB"/>
     <w:rsid w:val="007E262D"/>
     <w:rsid w:val="00824788"/>
     <w:rsid w:val="00853B90"/>
     <w:rsid w:val="008856C2"/>
     <w:rsid w:val="008A73B4"/>
     <w:rsid w:val="008E0FAA"/>
     <w:rsid w:val="00923349"/>
     <w:rsid w:val="00926A35"/>
     <w:rsid w:val="009C75F5"/>
     <w:rsid w:val="00AD0B5A"/>
     <w:rsid w:val="00AF4FE9"/>
     <w:rsid w:val="00BB2F13"/>
     <w:rsid w:val="00BC612C"/>
     <w:rsid w:val="00BF5D2B"/>
     <w:rsid w:val="00BF6683"/>
     <w:rsid w:val="00C06E41"/>
     <w:rsid w:val="00C645C8"/>
     <w:rsid w:val="00C95D54"/>
     <w:rsid w:val="00D061ED"/>
+    <w:rsid w:val="00D178FA"/>
     <w:rsid w:val="00D54C5D"/>
     <w:rsid w:val="00DD550A"/>
     <w:rsid w:val="00DF6D59"/>
     <w:rsid w:val="00E06CEC"/>
     <w:rsid w:val="00E25F01"/>
     <w:rsid w:val="00E47246"/>
     <w:rsid w:val="00E60FFF"/>
     <w:rsid w:val="00E6220A"/>
     <w:rsid w:val="00E93685"/>
     <w:rsid w:val="00E9612C"/>
     <w:rsid w:val="00EC57C5"/>
     <w:rsid w:val="00EC796C"/>
     <w:rsid w:val="00EE6F07"/>
     <w:rsid w:val="00F105B5"/>
     <w:rsid w:val="00F25786"/>
     <w:rsid w:val="00F63AD9"/>
+    <w:rsid w:val="00FB026B"/>
     <w:rsid w:val="00FB2DB5"/>
     <w:rsid w:val="00FC7497"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -2805,64 +2846,64 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>257</Words>
-  <Characters>1469</Characters>
+  <Characters>1466</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1723</CharactersWithSpaces>
+  <CharactersWithSpaces>1720</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Popova</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>