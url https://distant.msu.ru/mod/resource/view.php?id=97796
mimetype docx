--- v0 (2025-12-23)
+++ v1 (2026-02-11)
@@ -319,117 +319,147 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086098">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Онлайн</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> формат</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38BF55B4" w14:textId="77777777" w:rsidR="00F02E15" w:rsidRPr="000F4F8F" w:rsidRDefault="00F02E15" w:rsidP="00F02E15">
+    <w:p w14:paraId="38BF55B4" w14:textId="22C90F32" w:rsidR="00F02E15" w:rsidRPr="0083126A" w:rsidRDefault="00F02E15" w:rsidP="00F02E15">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4F8F">
+      <w:r w:rsidRPr="0083126A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Даты проведения занятий: </w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-    <w:p w14:paraId="1F47BE1F" w14:textId="77777777" w:rsidR="00F02E15" w:rsidRPr="003B07F3" w:rsidRDefault="00F02E15" w:rsidP="00F02E15">
+      <w:r w:rsidR="0083126A" w:rsidRPr="0083126A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>04, 11, 18, 25 февраля</w:t>
+      </w:r>
+      <w:r w:rsidR="0083126A" w:rsidRPr="0083126A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083126A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(по </w:t>
+      </w:r>
+      <w:r w:rsidR="0083126A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>средам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083126A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F47BE1F" w14:textId="77777777" w:rsidR="00F02E15" w:rsidRPr="0083126A" w:rsidRDefault="00F02E15" w:rsidP="00F02E15">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4F8F">
-[...17 lines deleted...]
-        <w:t>9.00</w:t>
+      <w:r w:rsidRPr="0083126A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Время:  19.00</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E557C09" w14:textId="77777777" w:rsidR="00F02E15" w:rsidRPr="00963082" w:rsidRDefault="00F02E15" w:rsidP="00F02E15">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A62AA">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Продолжительность цикла:</w:t>
       </w:r>
       <w:r w:rsidRPr="00963082">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 занятия</w:t>
       </w:r>
     </w:p>
@@ -978,53 +1008,55 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D56BE4"/>
     <w:rsid w:val="00253DC9"/>
     <w:rsid w:val="004D6FCE"/>
     <w:rsid w:val="007D44F0"/>
     <w:rsid w:val="00803E38"/>
+    <w:rsid w:val="0083126A"/>
     <w:rsid w:val="00882608"/>
     <w:rsid w:val="00D56BE4"/>
     <w:rsid w:val="00F02E15"/>
+    <w:rsid w:val="00FB026B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1F68E008"/>
@@ -1798,54 +1830,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>354</Words>
-  <Characters>2019</Characters>
+  <Words>353</Words>
+  <Characters>2017</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2369</CharactersWithSpaces>
+  <CharactersWithSpaces>2366</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Екатерина Горбатовская</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>