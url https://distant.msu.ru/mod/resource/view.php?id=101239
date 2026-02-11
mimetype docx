--- v0 (2025-11-06)
+++ v1 (2026-02-11)
@@ -235,138 +235,177 @@
     </w:p>
     <w:p w14:paraId="6395CDD1" w14:textId="77777777" w:rsidR="00353D28" w:rsidRPr="00086098" w:rsidRDefault="00353D28" w:rsidP="00353D28">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Очный формат</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0505BDB8" w14:textId="77777777" w:rsidR="00353D28" w:rsidRDefault="00353D28" w:rsidP="00353D28">
+    <w:p w14:paraId="6A69A2BE" w14:textId="77777777" w:rsidR="00A51B91" w:rsidRPr="00A51B91" w:rsidRDefault="00353D28" w:rsidP="00A51B91">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089301C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Даты проведения занятий: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk219407039"/>
+      <w:r w:rsidR="00A51B91" w:rsidRPr="00A51B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>05 марта в 17.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7195546C" w14:textId="31B76F7B" w:rsidR="00A51B91" w:rsidRPr="00A51B91" w:rsidRDefault="00A51B91" w:rsidP="00A51B91">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A51B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A51B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A51B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12 марта в 17.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08D4A7AD" w14:textId="31CC863B" w:rsidR="00A51B91" w:rsidRPr="00A51B91" w:rsidRDefault="00A51B91" w:rsidP="00A51B91">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A51B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A51B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A51B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18 марта в 15.30</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="1FD2E6F4" w14:textId="613155D0" w:rsidR="00353D28" w:rsidRPr="0089301C" w:rsidRDefault="00353D28" w:rsidP="00A51B91">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...80 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0089301C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Продолжительность цикла: </w:t>
       </w:r>
       <w:r w:rsidRPr="0089301C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3 занятия</w:t>
       </w:r>
@@ -1149,59 +1188,61 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="851065706">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D15F55"/>
     <w:rsid w:val="0003301E"/>
+    <w:rsid w:val="0003718C"/>
     <w:rsid w:val="000C3F55"/>
     <w:rsid w:val="00353D28"/>
     <w:rsid w:val="004D0EB5"/>
     <w:rsid w:val="004D6FCE"/>
     <w:rsid w:val="006765D3"/>
     <w:rsid w:val="007D44F0"/>
     <w:rsid w:val="00803E38"/>
     <w:rsid w:val="008636FD"/>
     <w:rsid w:val="00A465DE"/>
+    <w:rsid w:val="00A51B91"/>
     <w:rsid w:val="00B62B38"/>
     <w:rsid w:val="00D15F55"/>
     <w:rsid w:val="00F911D9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -1669,51 +1710,51 @@
     <w:link w:val="a5"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00D15F55"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004D0EB5"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Абзац списка Знак"/>
     <w:aliases w:val="ITL List Paragraph Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="34"/>
     <w:rsid w:val="004D0EB5"/>
     <w:rPr>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1989,54 +2030,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>285</Words>
-  <Characters>1629</Characters>
+  <Words>284</Words>
+  <Characters>1625</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1911</CharactersWithSpaces>
+  <CharactersWithSpaces>1906</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Екатерина Горбатовская</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>