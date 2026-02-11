--- v0 (2025-11-06)
+++ v1 (2026-02-11)
@@ -327,204 +327,189 @@
     <w:p w14:paraId="63921B03" w14:textId="77777777" w:rsidR="00285A3A" w:rsidRDefault="00285A3A" w:rsidP="00285A3A">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F4F8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Даты проведения занятий: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77233AA5" w14:textId="77777777" w:rsidR="00285A3A" w:rsidRDefault="00285A3A" w:rsidP="00285A3A">
+    <w:p w14:paraId="77233AA5" w14:textId="3CD1CEE5" w:rsidR="00285A3A" w:rsidRPr="00784410" w:rsidRDefault="00285A3A" w:rsidP="00784410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00784410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 цикл: </w:t>
+      </w:r>
+      <w:r w:rsidR="00784410" w:rsidRPr="00784410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10, 17, 24 февраля</w:t>
+      </w:r>
+      <w:r w:rsidR="00784410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00784410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(по вторникам)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FD647DF" w14:textId="77777777" w:rsidR="00784410" w:rsidRPr="00784410" w:rsidRDefault="00285A3A" w:rsidP="00784410">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00784410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 цикл: </w:t>
+      </w:r>
+      <w:r w:rsidR="00784410" w:rsidRPr="00784410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14, 21, 28 апреля (повтор)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="655BC7E9" w14:textId="6A9010E6" w:rsidR="00285A3A" w:rsidRPr="00784410" w:rsidRDefault="00285A3A" w:rsidP="00784410">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...89 lines deleted...]
-    <w:p w14:paraId="0D112A63" w14:textId="77777777" w:rsidR="00285A3A" w:rsidRPr="004173DD" w:rsidRDefault="00285A3A" w:rsidP="00285A3A">
+      <w:r w:rsidRPr="00784410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Время:  17.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D112A63" w14:textId="77777777" w:rsidR="00285A3A" w:rsidRPr="00784410" w:rsidRDefault="00285A3A" w:rsidP="00784410">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004173DD">
+      <w:r w:rsidRPr="00784410">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Продолжительность цикла:</w:t>
       </w:r>
-      <w:r w:rsidRPr="004173DD">
+      <w:r w:rsidRPr="00784410">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> занятия</w:t>
+        <w:t xml:space="preserve"> 3 занятия</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6693CB4A" w14:textId="77777777" w:rsidR="00285A3A" w:rsidRPr="004173DD" w:rsidRDefault="00285A3A" w:rsidP="00285A3A">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004173DD">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Продолжительность одного занятия:</w:t>
       </w:r>
       <w:r w:rsidRPr="004173DD">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 час</w:t>
       </w:r>
     </w:p>
@@ -1103,60 +1088,62 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD4482"/>
     <w:rsid w:val="00285A3A"/>
     <w:rsid w:val="004D6FCE"/>
     <w:rsid w:val="006765D3"/>
     <w:rsid w:val="00705B1B"/>
+    <w:rsid w:val="00784410"/>
     <w:rsid w:val="007D44F0"/>
     <w:rsid w:val="008E671F"/>
     <w:rsid w:val="00AD65BD"/>
     <w:rsid w:val="00B30BDA"/>
     <w:rsid w:val="00B97973"/>
     <w:rsid w:val="00CE7770"/>
     <w:rsid w:val="00DD4482"/>
     <w:rsid w:val="00E128B4"/>
     <w:rsid w:val="00ED31D7"/>
     <w:rsid w:val="00F626A5"/>
+    <w:rsid w:val="00FB026B"/>
     <w:rsid w:val="00FB148F"/>
     <w:rsid w:val="00FD3CD5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>